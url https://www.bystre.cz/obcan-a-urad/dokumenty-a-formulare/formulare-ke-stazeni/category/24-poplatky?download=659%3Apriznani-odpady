--- v0 (2025-11-05)
+++ v1 (2026-02-03)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5FFAADB5" w14:textId="4A8388F8" w:rsidR="00D83AF5" w:rsidRPr="009021BD" w:rsidRDefault="00D83AF5" w:rsidP="00D83AF5">
+    <w:p w14:paraId="5FFAADB5" w14:textId="2CA0C701" w:rsidR="00D83AF5" w:rsidRPr="009021BD" w:rsidRDefault="00D83AF5" w:rsidP="00D83AF5">
       <w:pPr>
         <w:pStyle w:val="Normlnweb"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009021BD">
         <w:rPr>
           <w:rFonts w:ascii="Times Roman CE" w:hAnsi="Times Roman CE"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Přiznání k místnímu poplatku</w:t>
       </w:r>
       <w:r w:rsidR="006E7E69">
         <w:rPr>
           <w:rFonts w:ascii="Times Roman CE" w:hAnsi="Times Roman CE"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -64,58 +64,58 @@
           <w:rFonts w:ascii="Times Roman CE" w:hAnsi="Times Roman CE"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>obecní systém odpadového hospodářství</w:t>
       </w:r>
       <w:r w:rsidR="00FB082C">
         <w:rPr>
           <w:rFonts w:ascii="Times Roman CE" w:hAnsi="Times Roman CE"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> pro rok 20</w:t>
       </w:r>
       <w:r w:rsidR="0040357F">
         <w:rPr>
           <w:rFonts w:ascii="Times Roman CE" w:hAnsi="Times Roman CE"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00E27347">
+      <w:r w:rsidR="00E62F90">
         <w:rPr>
           <w:rFonts w:ascii="Times Roman CE" w:hAnsi="Times Roman CE"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="009021BD">
         <w:rPr>
           <w:rFonts w:ascii="Times Roman CE" w:hAnsi="Times Roman CE"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> a roky následující</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EE6DC09" w14:textId="77777777" w:rsidR="00A12FA0" w:rsidRDefault="00A12FA0" w:rsidP="00A12FA0">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69941298" w14:textId="77777777" w:rsidR="00A12FA0" w:rsidRDefault="00A12FA0" w:rsidP="00A12FA0">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
@@ -1096,92 +1096,92 @@
     <w:p w14:paraId="3ACE9961" w14:textId="77777777" w:rsidR="003025AC" w:rsidRDefault="003025AC" w:rsidP="008E2C6C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="22DEF4A2" w14:textId="77777777" w:rsidR="00FF5B08" w:rsidRDefault="00FF5B08" w:rsidP="00703981">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FF5B08" w:rsidSect="00DF432A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="709" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times Roman CE">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40F365A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D7DEFC06"/>
     <w:lvl w:ilvl="0" w:tplc="0405000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -1382,51 +1382,51 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1290428355">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F000E"/>
     <w:rsid w:val="00020524"/>
     <w:rsid w:val="00021F81"/>
     <w:rsid w:val="000448DA"/>
     <w:rsid w:val="000866CE"/>
     <w:rsid w:val="000E7853"/>
     <w:rsid w:val="000F2425"/>
     <w:rsid w:val="00162BB8"/>
     <w:rsid w:val="00164A53"/>
     <w:rsid w:val="00167AA4"/>
     <w:rsid w:val="00176711"/>
     <w:rsid w:val="00185C03"/>
     <w:rsid w:val="00192243"/>
     <w:rsid w:val="001A6177"/>
     <w:rsid w:val="001C0352"/>
@@ -1523,106 +1523,108 @@
     <w:rsid w:val="00A77196"/>
     <w:rsid w:val="00AB6887"/>
     <w:rsid w:val="00AC00B7"/>
     <w:rsid w:val="00AF3E1D"/>
     <w:rsid w:val="00AF4CE4"/>
     <w:rsid w:val="00B104EF"/>
     <w:rsid w:val="00B13580"/>
     <w:rsid w:val="00B744CD"/>
     <w:rsid w:val="00BD7442"/>
     <w:rsid w:val="00BE3249"/>
     <w:rsid w:val="00BE7D08"/>
     <w:rsid w:val="00BF6C60"/>
     <w:rsid w:val="00C15292"/>
     <w:rsid w:val="00C20ABD"/>
     <w:rsid w:val="00C65013"/>
     <w:rsid w:val="00C94431"/>
     <w:rsid w:val="00CA7A07"/>
     <w:rsid w:val="00CB4FEF"/>
     <w:rsid w:val="00CD1A67"/>
     <w:rsid w:val="00CD6662"/>
     <w:rsid w:val="00CE3DB1"/>
     <w:rsid w:val="00CF21F8"/>
     <w:rsid w:val="00CF60D5"/>
     <w:rsid w:val="00D02C25"/>
     <w:rsid w:val="00D260F7"/>
+    <w:rsid w:val="00D33ABC"/>
     <w:rsid w:val="00D36513"/>
     <w:rsid w:val="00D56C9E"/>
     <w:rsid w:val="00D72636"/>
     <w:rsid w:val="00D838BC"/>
     <w:rsid w:val="00D83AF5"/>
     <w:rsid w:val="00D848F8"/>
     <w:rsid w:val="00DD3967"/>
     <w:rsid w:val="00DE4494"/>
     <w:rsid w:val="00DF432A"/>
     <w:rsid w:val="00DF45DB"/>
     <w:rsid w:val="00DF61D3"/>
     <w:rsid w:val="00E22D29"/>
     <w:rsid w:val="00E244BA"/>
     <w:rsid w:val="00E24A84"/>
     <w:rsid w:val="00E27347"/>
+    <w:rsid w:val="00E62F90"/>
     <w:rsid w:val="00EB6D9C"/>
     <w:rsid w:val="00F07B81"/>
     <w:rsid w:val="00F2601F"/>
     <w:rsid w:val="00F35169"/>
     <w:rsid w:val="00F60FA9"/>
     <w:rsid w:val="00FA6A1F"/>
     <w:rsid w:val="00FB082C"/>
     <w:rsid w:val="00FE061F"/>
     <w:rsid w:val="00FF5B08"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="071D4AAB"/>
   <w15:docId w15:val="{6F1776EA-B604-4700-954B-8E2DBCEF9690}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2072,51 +2074,51 @@
   <w:style w:type="character" w:styleId="Siln">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:qFormat/>
     <w:rsid w:val="007F000E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Odstavecseseznamem">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normln"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00863552"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="497304432">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="885678055">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>